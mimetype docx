--- v0 (2025-10-11)
+++ v1 (2025-12-05)
@@ -24,51 +24,51 @@
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Slimme automatisering, systeemintegratie, machine vision, optica en meer staan centraal op Vision, Robotics &amp; Motion 2025.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">De maakindustrie verandert razendsnel. Personeelstekort, strengere kwaliteitseisen en stijgende kosten dwingen bedrijven om slimmer en efficiënter te werken. Vision, Robotics &amp;amp; Motion 2025 (VRM) biedt op 11 en 12 juni in de Brabanthallen Den Bosch hét overzicht van de nieuwste oplossingen voor slimme en schaalbare automatisering. Van AI Vision en cobots tot praktijkvoorbeelden met humanoid robots. Dit jaar draait het programma om technologie die echt het verschil maakt. Inclusief demo’s en een sterk inhoudelijk congres.</w:t>
+        <w:t xml:space="preserve">De maakindustrie verandert razendsnel. Personeelstekort, strengere kwaliteitseisen en stijgende kosten dwingen bedrijven om slimmer en efficiënter te werken. Vision, Robotics &amp; Motion 2025 (VRM) biedt op 11 en 12 juni in de Brabanthallen Den Bosch hét overzicht van de nieuwste oplossingen voor slimme en schaalbare automatisering. Van AI Vision en cobots tot praktijkvoorbeelden met humanoid robots. Dit jaar draait het programma om technologie die echt het verschil maakt. Inclusief demo’s en een sterk inhoudelijk congres.</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:pict>
           <v:shape type="#_x0000_t75" stroked="f" style="width:450pt; height:299.9267578125pt; margin-left:1pt; margin-top:-1pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char; mso-position-vertical-relative:line;">
             <w10:wrap type="inline"/>
             <v:imagedata r:id="rId7" o:title=""/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Artificial Intelligence voor de industrie: van hype naar praktijktoepassing</w:t>
       </w:r>
     </w:p>