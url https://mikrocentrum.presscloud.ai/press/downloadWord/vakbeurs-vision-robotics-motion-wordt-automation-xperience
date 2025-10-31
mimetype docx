--- v0 (2025-10-11)
+++ v1 (2025-10-31)
@@ -373,51 +373,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Garamond">
     <w:panose1 w:val="02020404030301010803"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000002" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="90BF54A7"/>
+    <w:nsid w:val="48AE00F3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>