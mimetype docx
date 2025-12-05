--- v1 (2025-10-31)
+++ v2 (2025-12-05)
@@ -24,51 +24,51 @@
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Vakbeurs Vision, Robotics &amp; Motion wordt Automation Xperience</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Vision, Robotics &amp;amp; Motion krijgt vanaf 17 en 18 juni 2026 een nieuw jasje en gaat verder onder de naam Automation Xperience. Met dit nieuwe evenementenconcept zet organisator Mikrocentrum een belangrijkste stap in de evolutie van vakbeurzen: van een traditionele beursvloer naar een dynamisch belevingsevent waar bezoekers automatisering en digitalisering écht ervaren.</w:t>
+        <w:t xml:space="preserve">Vision, Robotics &amp; Motion krijgt vanaf 17 en 18 juni 2026 een nieuw jasje en gaat verder onder de naam Automation Xperience. Met dit nieuwe evenementenconcept zet organisator Mikrocentrum een belangrijkste stap in de evolutie van vakbeurzen: van een traditionele beursvloer naar een dynamisch belevingsevent waar bezoekers automatisering en digitalisering écht ervaren.</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:pict>
           <v:shape type="#_x0000_t75" stroked="f" style="width:450pt; height:225pt; margin-left:1pt; margin-top:-1pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char; mso-position-vertical-relative:line;">
             <w10:wrap type="inline"/>
             <v:imagedata r:id="rId7" o:title=""/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Automatisering laat zich niet uitleggen, dat dient ervaren te worden</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -373,51 +373,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Garamond">
     <w:panose1 w:val="02020404030301010803"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000002" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="48AE00F3"/>
+    <w:nsid w:val="8D814412"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>