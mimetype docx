--- v2 (2025-12-05)
+++ v3 (2026-01-10)
@@ -373,51 +373,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Garamond">
     <w:panose1 w:val="02020404030301010803"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000002" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="8D814412"/>
+    <w:nsid w:val="7496013F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>