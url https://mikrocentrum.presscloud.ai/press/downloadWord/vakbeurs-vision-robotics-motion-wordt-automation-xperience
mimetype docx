--- v3 (2026-01-10)
+++ v4 (2026-01-30)
@@ -373,51 +373,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Garamond">
     <w:panose1 w:val="02020404030301010803"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000002" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="7496013F"/>
+    <w:nsid w:val="EB80DCC3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>