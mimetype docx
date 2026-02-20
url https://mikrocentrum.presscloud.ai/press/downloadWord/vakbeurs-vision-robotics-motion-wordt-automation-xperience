--- v4 (2026-01-30)
+++ v5 (2026-02-20)
@@ -373,51 +373,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Garamond">
     <w:panose1 w:val="02020404030301010803"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000002" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="EB80DCC3"/>
+    <w:nsid w:val="11767549"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>