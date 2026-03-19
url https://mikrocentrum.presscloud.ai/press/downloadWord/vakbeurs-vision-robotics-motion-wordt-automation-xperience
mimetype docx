--- v5 (2026-02-20)
+++ v6 (2026-03-19)
@@ -373,51 +373,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Garamond">
     <w:panose1 w:val="02020404030301010803"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000002" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="11767549"/>
+    <w:nsid w:val="4FD3F35B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>